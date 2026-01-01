--- v0 (2025-12-08)
+++ v1 (2026-01-01)
@@ -53,80 +53,80 @@
                     <pic:cNvPr id="73187165" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6613156" cy="242749"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B36B28B" w14:textId="79DC4D44" w:rsidR="00882AAF" w:rsidRDefault="006847AC" w:rsidP="007D55FF">
+    <w:p w14:paraId="3B36B28B" w14:textId="49192BEF" w:rsidR="00882AAF" w:rsidRDefault="00CA6B44" w:rsidP="007D55FF">
       <w:pPr>
         <w:ind w:left="-567"/>
       </w:pPr>
-      <w:r w:rsidRPr="006847AC">
+      <w:r w:rsidRPr="00CA6B44">
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="01BE43EB" wp14:editId="3CE0FED3">
-[...2 lines deleted...]
-            <wp:docPr id="1999256568" name="Image 1"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="039B0A96" wp14:editId="65E69350">
+            <wp:extent cx="6472719" cy="2857500"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="0"/>
+            <wp:docPr id="1027554504" name="Image 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1999256568" name=""/>
+                    <pic:cNvPr id="1027554504" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6485908" cy="2859748"/>
+                      <a:ext cx="6478866" cy="2860214"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F900969" w14:textId="4C4657C5" w:rsidR="006847AC" w:rsidRDefault="00890DA8" w:rsidP="007D55FF">
       <w:pPr>
         <w:ind w:left="-567"/>
       </w:pPr>
       <w:r w:rsidRPr="00890DA8">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="24D43CFD" wp14:editId="3E7CDF0F">
             <wp:extent cx="5760720" cy="2195195"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:docPr id="1351373984" name="Image 1"/>
@@ -220,81 +220,161 @@
                     <pic:cNvPr id="1954360935" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5760720" cy="2119630"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5275CEF3" w14:textId="5C60DF5C" w:rsidR="00890DA8" w:rsidRDefault="006847AC" w:rsidP="007D55FF">
+    <w:p w14:paraId="5275CEF3" w14:textId="0B7D5EAD" w:rsidR="00890DA8" w:rsidRDefault="006847AC" w:rsidP="007D55FF">
       <w:pPr>
         <w:ind w:left="-567"/>
       </w:pPr>
       <w:r w:rsidRPr="006847AC">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5788428D" wp14:editId="59E8688D">
             <wp:extent cx="5760720" cy="2112645"/>
             <wp:effectExtent l="0" t="0" r="0" b="1905"/>
             <wp:docPr id="1804350758" name="Image 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1804350758" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5760720" cy="2112645"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="009E572A" w:rsidRPr="009E572A">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="00A199C4" wp14:editId="68AE5A61">
+            <wp:extent cx="5760720" cy="2121535"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="175043717" name="Image 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="175043717" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5760720" cy="2121535"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00CA6B44" w:rsidRPr="00CA6B44">
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="63A5BFCE" wp14:editId="2022C6FD">
+            <wp:extent cx="5760720" cy="2123440"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1683365129" name="Image 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1683365129" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5760720" cy="2123440"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00890DA8" w:rsidSect="006847AC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="1417" w:bottom="142" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
@@ -302,100 +382,103 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008D3E48"/>
     <w:rsid w:val="00002BEA"/>
     <w:rsid w:val="00031BC1"/>
     <w:rsid w:val="000E5595"/>
     <w:rsid w:val="000F16A3"/>
     <w:rsid w:val="002767A1"/>
     <w:rsid w:val="003264CA"/>
     <w:rsid w:val="00367F77"/>
     <w:rsid w:val="003A3AD8"/>
     <w:rsid w:val="003B22D5"/>
     <w:rsid w:val="003E1E98"/>
     <w:rsid w:val="00454539"/>
     <w:rsid w:val="00473090"/>
     <w:rsid w:val="005464D0"/>
     <w:rsid w:val="005B4015"/>
     <w:rsid w:val="005B624C"/>
     <w:rsid w:val="005E2F4C"/>
     <w:rsid w:val="006847AC"/>
     <w:rsid w:val="006C2EC3"/>
     <w:rsid w:val="00743455"/>
     <w:rsid w:val="00746AC3"/>
     <w:rsid w:val="007D55FF"/>
     <w:rsid w:val="008308A6"/>
     <w:rsid w:val="00882AAF"/>
     <w:rsid w:val="00890DA8"/>
     <w:rsid w:val="008A3DEF"/>
     <w:rsid w:val="008D3E48"/>
     <w:rsid w:val="008F2258"/>
     <w:rsid w:val="00943807"/>
+    <w:rsid w:val="00960E92"/>
+    <w:rsid w:val="009A4E55"/>
     <w:rsid w:val="009B1B08"/>
     <w:rsid w:val="009B7AA8"/>
     <w:rsid w:val="009C0044"/>
     <w:rsid w:val="009E43E4"/>
+    <w:rsid w:val="009E572A"/>
     <w:rsid w:val="00A0401F"/>
     <w:rsid w:val="00A54BBF"/>
     <w:rsid w:val="00AE5ED4"/>
     <w:rsid w:val="00B54654"/>
+    <w:rsid w:val="00CA6B44"/>
     <w:rsid w:val="00D23F7E"/>
     <w:rsid w:val="00E15470"/>
     <w:rsid w:val="00F124BD"/>
     <w:rsid w:val="00F27033"/>
     <w:rsid w:val="00F8654B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -826,51 +909,51 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1130,53 +1213,53 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>4</Words>
-  <Characters>23</Characters>
+  <Characters>25</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26</CharactersWithSpaces>
+  <CharactersWithSpaces>28</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Georges ETIEVE</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>